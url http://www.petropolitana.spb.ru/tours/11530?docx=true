--- v0 (2025-10-10)
+++ v1 (2026-02-11)
@@ -6,71 +6,71 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"> </Override>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"> </Override>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"> </Override>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"> </Override>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"> </Override>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"> </Override>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"> </Override>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"> </Override>
   <Override PartName="/word/footer.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"> </Override>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"> </Override>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"></Relationship><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"></Relationship></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">СПО! Стамбул - для всех 4-8 дн, февраль - октябрь 2025 (трансфер + экскурсия в подарок)</w:t>
+        <w:t xml:space="preserve">СПО! Стамбул - для всех 4-8 дн, февраль - октябрь 2026 (трансфер + экскурсия в подарок)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Продолжительность: 4-8 дней/3-7 ночей</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Заезд: ежедневно</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Промо предложение Стамбул для всех!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Проживание+трансферы + обзорная экскурсия в подарок.</w:t>
+        <w:t xml:space="preserve">Проживание+трансферы + экскурсия Панорамы Босфора в подарок.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Авиабилет оплачивается дополнительно.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Детали перелета</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Маршрут тура</w:t>
       </w:r>
     </w:p>
@@ -95,124 +95,293 @@
             <w:r>
               <w:t xml:space="preserve">1 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Прилет в Стамбул. Трансфер в отель. 
 Свободное время</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">2 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Завтрак в отеле. 
-09.00 - 14.00 Автобусная обзорная экскурсия по Стамбулу (автобус, гид,) СТАРЫЙ ГОРОД, ВИЗАНТИЙСКИЕ ГОРОДСКИЕ СТЕНЫ, МОНАСТЫРЬ БАЛЫКЛЫ, ЗОЛОТОЙ РОГ, ДВОРЕЦ ДОЛМАБАХЧЕ, ПРОЕЗД В АЗИАТСКУЮ ЧАСТЬ ЧЕРЕЗ БОСФОРСКИЙ МОСТ, ПАНОРАМА ВСЕГО ГОРОДА, ФАБРИКА КОЖАНЫХ И МЕХОВЫХ ИЗДЕЛИЙ</w:t>
+              <w:t xml:space="preserve">Завтрак. Экскурсия Панорамы Босфора (15:00 - 17:00, кроме вторника).
+Маршрут: Золотой Рог, Значение Босфора, Мечеть Султанахмет, 7 холмов и 3 моста, История Босфора Отправьтесь в незабываемое путешествие по Босфору — месту, где Европа встречается с Азией. Прогулка на корабле откроет перед вами дворцы, 
+мечети, мосты и живописные берега, которые особенно впечатляют с воды.
+Экскурсия начинается в районе Золотого Рога, в одном из важнейших центров древнего города.
+Здесь вы почувствуете дыхание истории и увидите старинные памятники византийской и османской эпох. Вы узнаете о стратегическом значении Босфора, который с древности был торговым путём и символом соединения континентов. Три моста и семь холмов Стамбула создают уникальный силуэт, особенно красивый в вечерних огнях.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">3 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Завтрак в отеле. Дополнительно:
-[...1 lines deleted...]
-пн., ср., чт., сб ИППОДРОМ, НЕМЕЦКИЙ ФОНТАН, ГОЛУБАЯ МЕЧЕТЬ, МЕЧЕТЬ СВЯТОЙ СОФИИ, ХАММАМ ХЮРРЕМ СУЛТАН (ОСМОТР СНАРУЖИ), ДВОРЕЦ ТОПКАПЫ, КРУИЗ ПО БОСФОРУ</w:t>
+              <w:t xml:space="preserve">Завтрак. Свободное время. Возможны экскурсии за дополнительную плату.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">4 день</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Завтрак в отеле. Дополнительно:
-[...37 lines deleted...]
-              <w:t xml:space="preserve">Трансфер в аэропорт. Вылет в СПб.</w:t>
+              <w:t xml:space="preserve">Завтрак. Трансфер в аэропорт. Вылет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">ЭКСКУРСИИ ЗА ДОПОЛНИТЕЛЬНУЮ ПЛАТУ:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Исторический центр (09:00 - 15:00)
+ежедневно, кроме вторника
+Маршрут: Дворец Топкапы, Айя-София (снаружи),
+мечеть Султанахмет, Султанахмет, Ипподром, баня
+Хюррем-Султан (снаружи), Немецкий фонтан Откройте для себя сердце города, где Восток встречается с Западом. Наш тур по историческому полуострову — это путешествие сквозь эпохи, по следам султанов и императоров. Вы посетите Дворец Топкапы, окружённый садами и видами на Босфор, где жили правители Османской империи и хранятся бесценные сокровища.
+Затем перед вами откроется величественная Святая София — символ Константинополя и один из самых впечатляющих памятников мира. Огромный купол и золотые мозаики создают неповторимую атмосферу духовности и истории. Рядом расположена Голубая мечеть, поражающая шестью минаретами и узорами из тончайших изразцов. Здесь вы почувствуете истинное спокойствие и сможете сделать незабываемые фотографии.
+На площади Султанахмет вы увидите Немецкий фонтан, подарок кайзера Вильгельма II, и элегантный хаммам Хюррем Султан, созданный архитектором Синаном. Завершает маршрут древний Ипподром, где когда-то проходили торжества и состязания. Этот тур позволит вам увидеть настоящий Стамбул —живой, яркий и многоликий.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Исторический центр без посещения Топкапы (09:00 - 12:00)
+ежедневно, кроме вторника
+Маршрут: Дворец Топкапы (снаружи) , Айя-София (снаружи), мечеть Султанахмет, Ипподром, баня Хюррем-Султан (снаружи), Немецкий фонтан Отправьтесь в увлекательное путешествие по историческому полуострову Стамбула — месту, где оживают Османская и Византийская эпохи. Тур начинается с Дворца Топкапы, бывшей резиденции султанов на протяжении четырёх веков. Здесь вы увидите сокровищницы, сады и великолепные виды на Босфор.
+Далее вы посетите легендарный Собор Айя-София, величественный символ города с золотыми мозаиками и огромным куполом. Рядом расположена знаменитая Голубая мечеть, украшенная тысячами изразцов и окружённая
+шестью минаретами — одно из самых узнаваемых зданий Стамбула. На  площади Султанахмет вы увидите Немецкий фонтан, подарок кайзера Вильгельма II, и изысканный хаммам Хюррем Султан, созданный архитектором Синаном.
+Завершает тур прогулка по древнему Ипподрому, где когда-то проходили торжества и скачки. Этот тур подарит вам возможность увидеть сердце Стамбула и почувствовать атмосферу города, где прошлое и настоящее сливаются в одно целое.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Старый Стамбул (09:00 - 15:00)
+ежедневно, кроме понедельника
+Маршрут: Дворец Долмабахче, Мечеть Сулеймание, Малая Айя-София, Цистерна, Площадь Ипподрома, (По воскресеньям вместо цистерны посещается мечеть Шехзаде.) Этот тур познакомит вас с самыми выдающимися памятниками Стамбула и покажет его утончённую, имперскую сторону. Маршрут начинается с
+посещения Дворца Долмабахче, построенного в XIX веке для султана Абдулмеджида. Великолепные залы, хрустальные люстры и роскошная архитектура делают его символом «европейского» Стамбула.
+Далее вы отправитесь к грандиозной мечети Сулеймание, созданной легендарным архитектором Мимаром Синаном для султана Сулеймана Великолепного. Этот комплекс включает медресе, библиотеку, хаммам и
+мавзолей султана — настоящий шедевр османской архитектуры. Следующая остановка — очаровательная Малая Айя-София, построенная в VI веке императором Юстинианом. Когда-то это была церковь святых Сергия и Вакха, а сегодня — одно из старейших и самых элегантных зданий города.
+Завершает тур посещение древней цистерны Бинбирдирек, одного из старейших подземных сооружений Стамбула византийского периода. Атмосферное освещение и ряды каменных колонн создают мистическую атмосферу и оставляют незабываемое впечатление.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Сердце Стамбула (09:00 - 15:00)
+ежедневно, кроме субботы
+Маршрут: Айя-София, Башня Галата (снаружи), Холм Пьера Лоти, Площадь Таксим, Католическая церковь Святого Антуана, Мост Галата, Район Бейоглу Этот тур показывает два облика Стамбула — древний и современный. Вы посетите величественную Айя-Софию, символ города, и подниметесь на Башню Галата, чтобы насладиться панорамой Босфора.
+Далее маршрут проходит через площадь Таксим и улицу Истикляль — центр современной жизни, полный магазинов, кафе и уличных музыкантов. 
+Во второй части тура вы увидите живописный холм Пьера Лоти с видом на Золотой Рог и изящную церковь Святого Антуана. Завершится экскурсия прогулкой по району Бейоглу, где история и современность сливаются в единую атмосферу Стамбула.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Константинополь (09:00 - 18:00)
+ежедневно, кроме субботы
+Маршрут: Девичья башня (снаружи),Айя-София, Обед, Румели Хисары (снаружи), Мост Галата, Католическая церковь Святого Антуана, Башня Галата (снаружи), Площадь Таксим, Район Бейоглу, Холм Пьера Лоти (канатная дорога) Этот тур идеально подойдёт тем, кто хочет за один день увидеть и древний, и современный Стамбул. Утром вы посетите Айя-Софию, Башню Галата и колоритный район Балат, где старинные дома и узкие улочки сохраняют дух прошлого.
+Во второй части маршрута откроется современное лицо города — площадь Таксим, оживлённая улица Истикляль, магазины, кафе и знаменитая церковь Святого Антуана. Здесь чувствуется энергия мегаполиса и европейская атмосфера.
+После обеда вас ждёт морская прогулка по Босфору и Золотому Рогу. С палубы откроются виды на Румели Хисары, Девичью башню и Дворец Бейлербей. Завершает день подъём на холм Пьера Лоти, откуда открывается захватывающая панорама на весь город.
+Этот тур — идеальное сочетание истории, архитектуры и жизни современного Стамбула, путешествие из прошлого в настоящее.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Ялова Термаль (07:00 - 18:00)
+По вторникам, четвергам и воскресеньям
+Обед — за дополнительную плату 15 $ Отправьтесь в путешествие к природным источникам здоровья и покоя! Термальные воды Яловы (около 40°C) богаты фтором, натрием и кальцием, оказывают расслабляющее действие и помогают при болях в суставах, кожных и дыхательных заболеваниях.
+Курорт Ялова Терма известен своими горячими источниками ещё со времён Римской империи. Здесь вы сможете насладиться целебными ваннами, паровыми залами и традиционными турецкими хаммамами. Минеральные воды дарят ощущение лёгкости и обновления, а современные спа-зоны обеспечивают комфорт и восстановление тела.
+Тур включает свободное время для отдыха у открытых бассейнов и прогулок по зелёным аллеям. Вокруг комплекса раскинулись парки, редкие деревья и тропинки, где можно насладиться свежим воздухом и природной тишиной.
+Термальные источники Яловы — это идеальное сочетание пользы, природы и умиротворения. Здесь тело отдыхает, а душа находит гармонию.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Принцевы острова (08:00 - 17:00)
+Ежедневно
+Маршрут: Остров Кыналыада ,Монастырь Девы Марии, Морская академия, Бююкада, Обед (на борту/местный ресторан), Монастырь Айя-Георгиос, Дороги для фаэтонов и холмистые улицы Отправьтесь в морское путешествие вдали от шума мегаполиса! Тур на Принцевы острова подарит день покоя, свежего воздуха и живописных видов. Первая остановка — Кыналыада, тихий остров с узкими улочками, монастырём Девы Марии и уютными прибрежными кафе. Его спокойная атмосфера и исторические места делают прогулку по острову по-настоящему умиротворяющей.
+Затем маршрут продолжается на Бююкаду — самый большой и известный из островов. Здесь можно увидеть старинные османские особняки, деревянные виллы и зелёные сады. На вершине острова расположен монастырь Айя-Георгиос, откуда открываются панорамные виды на Мраморное море.
+Прогулка на корабле и обед в местном ресторане создадут атмосферу летнего отдыха у моря. Этот тур — идеальный выбор для тех, кто хочет провести день среди природы, моря и истории, насладившись спокойствием Принцевых островов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Ночной круиз по Босфору (19:30 - 23:30)
+Ежедневно
+Маршрут: Дворец Долмабахче, Чираганский дворец, Босфорский мост, Район Ортакёй, Румели Хисары Окунитесь в атмосферу волшебной ночи на Босфоре! Прогулка начинается с пристани Кабаташ и проходит вдоль сияющих огнями берегов двух континентов — Европы и Азии.
+Лёгкий вечерний бриз, огни города и отражения мостов в воде создают неповторимую романтическую атмосферу.
+Во время круиза вас ждёт ужин из блюд турецкой кухни, живая музыка, восточные танцы и яркая шоу-программа «Турецкая ночь». Гости могут наслаждаться представлением, танцевать под современную музыку или просто любоваться панорамой ночного Стамбула с палубы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Огни Стамбула (21:00 - 23:00)
+ежедневно
+Маршрут: Галатский мост и Каракёй, Босфорский мост и район Ортакёй, Ускюдар и Девичья башня, Ночной Стамбул Этот тур подарит вам возможность увидеть Стамбул в его самом ярком и чарующем обличии. Когда город погружается в огни, начинается особая магия — подсвеченные мосты, отражения на воде и живые улицы создают атмосферу, которую невозможно забыть.
+Путешествие начинается у Галатского моста и района Каракей, где открываются виды на Золотой Рог. Улицы с разноцветными зонтами и прибрежные кафе делают это место идеальным для вечерней прогулки и фото.
+Далее маршрут ведёт к Босфорскому мосту и району Ортакёй, знаменитому своими кафе, мечетью и вечерними огнями, создающими узнаваемый силуэт города. На азиатской стороне вы посетите Üскюдар и Девичью башню, откуда
+открываются романтические панорамы Европы и Босфора.
+Тур завершается обзором ночного Стамбула, когда исторические районы и современные улицы сливаются в единый световой поток. В программу входит ужин в одном из лучших ресторанов с видом на город.
+Этот тур идеально подходит для тех, кто хочет ощутить ритм ночного Стамбула — сочетание восточного очарования, огней мегаполиса и духа вечного города.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">В стоимость входит</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Prrafodelista">
           <w:numPr>
             <w:ilvl w:val="1"/>
             <w:numId w:val="1"/>
           </w:numPr>
         </w:pStyle>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">трансфер аэропорт - отель - аэропорт</w:t>
@@ -232,321 +401,316 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Prrafodelista">
           <w:numPr>
             <w:ilvl w:val="1"/>
             <w:numId w:val="1"/>
           </w:numPr>
         </w:pStyle>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">питание в зависимости от выбранного отеля</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Prrafodelista">
           <w:numPr>
             <w:ilvl w:val="1"/>
             <w:numId w:val="1"/>
           </w:numPr>
         </w:pStyle>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">В ПОДАРОК обзорная экскурсия по Стамбулу За дополнительную плату возможны следующие экскурсионные пакеты:СТАМБУЛ - ВСЕ САМОЕ ИНТЕРЕСНОЕ. (2 экскурсии на целый день + 2 обеда + круиз по Босфору):08.30 - 18.00 ВЕЛИКОЛЕПНЫЙ ВЕК: ИППОДРОМ, НЕМЕЦКИЙ ФОНТАН, ГОЛУБАЯ МЕЧЕТЬ, МЕЧЕТЬ СВЯТОЙ СОФИИ, ХАММАМ ХЮРРЕМ СУЛТАН (ОСМОТР СНАРУЖИ), ДВОРЕЦ ТОПКАПЫ, КРУИЗ ПО БОСФОРУ, ТРАНСФЕР, ГИД, ОБЕД (пн., ср.чт.сб)</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">08.00 - 18.00 ДВОРЕЦ ДОЛМАБАХЧЕ, МЕЧЕТЬ СУЛЕЙМАНИЕ, ЦИСТЕРНА БАЗИЛИКА, МАЛАЯ СВЯТАЯ СОФИЯ, ГАЛАТСКАЯ БАШНЯ, ТРАНФСЕР, ГИД, ОБЕД (вт.,пт., вс)</w:t>
+        <w:t xml:space="preserve">В ПОДАРОК экскурсия Панорамы Босфора</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Оплачивается дополнительно</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Медицинская страховка (в день)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">99руб.</w:t>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Авиаперелет СПб-Стамбул-СПб от</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">40 770руб.</w:t>
+              <w:t xml:space="preserve">39 581руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Дополнительные групповые экскурсии</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Термальные источники Ялова  (ср.,чт, сб, вс)</w:t>
-[...142 lines deleted...]
-              <w:t xml:space="preserve">27 843руб.</w:t>
+              <w:t xml:space="preserve">Исторический центр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">8 107руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Исторический центр без посещения Топкапы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4 459руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Старый Стамбул</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">8 107руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Сердце Стамбула</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7 296руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Константинополь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">8 918руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Ялова Термаль</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4 459руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Принцевы острова</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4 459руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Ночной круиз по Босфору</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4 459руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Ночной круиз по Босфору безлимитными алкогольными напитками (вино, пиво, ракы, водка и местные напитки).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6 486руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Огни Стамбула</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5 675руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Примечания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Очередность проведения экскурсий может быть изменена с сохранением полного объема</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Цены рассчитаны на 10 февраля 2025 года</w:t>
+        <w:t xml:space="preserve">Цены рассчитаны на 5 февраля 2026 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Заезд возможен 11.10.2025. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
+        <w:t xml:space="preserve">Заезд возможен 12.02.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Стамбул 4/3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цена указана на 1 человека за пакет услуг с продолжительностью проживания в выбранном отеле 4 дня/3 ночи</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -575,2906 +739,4616 @@
           <w:p>
             <w:r>
               <w:t xml:space="preserve">SNGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">TRPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">CHLD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Grand Liza, 3*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">14916руб.</w:t>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 11.02-14.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20370руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">34947руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3083руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">1492руб.</w:t>
+              <w:t xml:space="preserve">3765руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6758руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Grand Mark, 3*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">15712руб.</w:t>
+              <w:t xml:space="preserve">Grand Emir, 3*, Стамбул, Standard, Только завтраки, 11.02-01.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18150руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">29059руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3282руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">1790руб.</w:t>
+              <w:t xml:space="preserve">2993руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4827руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Hali, 3*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">18496руб.</w:t>
+              <w:t xml:space="preserve">Grand Bagoz Hotel, 3*, Стамбул, Standard, Только завтраки, 11.02-28.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18536руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28672руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5270руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">2585руб.</w:t>
+              <w:t xml:space="preserve">3186руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4730руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Dosso Dossi Yenikapi, 3*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Beyazit Palace Hotel, 3*, Стамбул, Economy, Только завтраки, 11.02-28.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19598руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">34947руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5966руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">3475руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6758руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Almina Hotel, 4*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Premist hotel Sultanahmet, 4*, Стамбул, Economy, Только завтраки, 11.02-15.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19211руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">33113руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20660руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">6563руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">3379руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6179руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3862руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Dosso Dossi Golden Horn, 4*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 11.02-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">23266руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">40836руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24328руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">6762руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">4730руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">8689руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5117руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">20982руб.</w:t>
+              <w:t xml:space="preserve">Black Tulip, 4*, Стамбул, Economy, Только завтраки, 11.02-19.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20660руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">37168руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">6961руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">3381руб.</w:t>
+              <w:t xml:space="preserve">3862руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7530руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Dosso Dossi Old City, 3*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">64338руб.</w:t>
+              <w:t xml:space="preserve">Almina Hotel, 4*, Стамбул, Economy, Только завтраки, 11.02-28.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">22204руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">38616руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">8353руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">15015руб.</w:t>
+              <w:t xml:space="preserve">4344руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">8013руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Dosso Dossi Downtown, 5*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">65133руб.</w:t>
+              <w:t xml:space="preserve">Aruna Hotel Istanbul, 3*, Стамбул, Economic, Только завтраки, 11.02-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">15543руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25390руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">8552руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">15314руб.</w:t>
+              <w:t xml:space="preserve">2220руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3669руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Fuat Bey Palace, 3*, Стамбул, Superior City View, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Hali, 3*, Стамбул, Standard, Только завтраки, 11.02-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19211руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">30893руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">8850руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">3379руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5406руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Sun Comfort Hotel, 3*, Стамбул, SPO, Standard, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">13623руб.</w:t>
+              <w:t xml:space="preserve">Lady Diana, 3*, Стамбул, Economy, Только завтраки, 11.02-18.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">26162руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">46339руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2088руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">1094руб.</w:t>
+              <w:t xml:space="preserve">5696руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">10523руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">The Laila Hotel, 3*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Golden Horn Sirkeci, 4*, Стамбул, Standard, Только завтраки, 11.02-13.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">23266руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">40836руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3083руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">4730руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">8689руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">The Reina, 3*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">12430руб.</w:t>
+              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 11.02-28.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">29927руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">48173руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">26162руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3480руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">796руб.</w:t>
+              <w:t xml:space="preserve">6854руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">11102руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5696руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Aleph, 4*, Стамбул, Economy, Только завтраки, 10.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">41765руб.</w:t>
+              <w:t xml:space="preserve">Santa Sophia, 3*, Стамбул, Economy, Только завтраки, 11.02-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14481руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">23556руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4077руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">8055руб.</w:t>
+              <w:t xml:space="preserve">1834руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">2993руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Blue Istanbul Hotel, 3*, Стамбул, Economy, Только завтраки, 10.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">42163руб.</w:t>
+              <w:t xml:space="preserve">Grand Liza, 3*, Стамбул, Standard, Только завтраки, 11.02-19.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14771руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25776руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4475руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">8254руб.</w:t>
+              <w:t xml:space="preserve">1931руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3765руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Santa Sophia, 3*, Стамбул, Economy, Только завтраки, 10.10-31.10</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">22573руб.</w:t>
+              <w:t xml:space="preserve">Sun Comfort Hotel, 3*, Стамбул, SPO, Standard, Только завтраки, 11.02-28.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">15157руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24328руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4475руб.</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">3878руб.</w:t>
+              <w:t xml:space="preserve">2027руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3282руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Aruna Hotel Istanbul, 3*, Стамбул, Economic, Только завтраки, 10.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">47433руб.</w:t>
+              <w:t xml:space="preserve">Megaron, 3*, Стамбул, Economy, Только завтраки, 11.02-28.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">15543руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24328руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4972руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">9845руб.</w:t>
+              <w:t xml:space="preserve">2220руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3282руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Black Tulip, 4*, Стамбул, Economy, Только завтраки, 10.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">53896руб.</w:t>
+              <w:t xml:space="preserve">Megaron, 3*, Стамбул, Economy, Только завтраки, 01.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">15929руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25004руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5867руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">11833руб.</w:t>
+              <w:t xml:space="preserve">2317руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3475руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Deluxe Newport, 3*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">43754руб.</w:t>
+              <w:t xml:space="preserve">Sun Comfort Hotel, 3*, Стамбул, SPO, Standard, Только завтраки, 01.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">15929руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25776руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4873руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">8751руб.</w:t>
+              <w:t xml:space="preserve">2317руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3765руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Palde, 3*, Стамбул, Deluxe, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Grand Bagoz Hotel, 3*, Стамбул, Standard, Только завтраки, 01.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19211руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">30893руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">6066руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">3379руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5406руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Grand Emir, 3*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">17303руб.</w:t>
+              <w:t xml:space="preserve">Beyazit Palace Hotel, 3*, Стамбул, Economy, Только завтраки, 01.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20370руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">36782руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2983руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">2287руб.</w:t>
+              <w:t xml:space="preserve">3765руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7337руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Ala Sofia, 3*, Стамбул, Budget, Только завтраки, 10.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">42560руб.</w:t>
+              <w:t xml:space="preserve">Almina Hotel, 4*, Стамбул, Economy, Только завтраки, 01.03-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28093руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">50394руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4574руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">8353руб.</w:t>
+              <w:t xml:space="preserve">6275руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">11874руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Legacy Ottoman Hotel, 5*, Стамбул, Guest room, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 01.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">33886руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">55897руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">26162руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">8751руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">8206руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">13612руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5696руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Sogut Old City, 4*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Grand Emir, 3*, Стамбул, Standard, Только завтраки, 02.03-20.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18150руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">29445руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5469руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">2993руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4924руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">The Byzantium Hotel and Suites, 4*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Golden Horn Sirkeci, 4*, Стамбул, Standard, Только завтраки, 14.03-14.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">29927руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">54449руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5469руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">6854руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">13129руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Lady Diana, 3*, Стамбул, Economy, Только завтраки, 10.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">56283руб.</w:t>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 15.03-18.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28769руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">51842руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">6364руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">12529руб.</w:t>
+              <w:t xml:space="preserve">6565руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">12357руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Orka Royal, 4*, Стамбул, Economy, Только завтраки, 10.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">48626руб.</w:t>
+              <w:t xml:space="preserve">Lady Diana, 3*, Стамбул, Economy, Только завтраки, 19.03-31.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31762руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">57731руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5370руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">10242руб.</w:t>
+              <w:t xml:space="preserve">7530руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14288руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">53499руб.</w:t>
+              <w:t xml:space="preserve">Grand Liza, 3*, Стамбул, Standard, Только завтраки, 20.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">16701руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">29059руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5867руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">11734руб.</w:t>
+              <w:t xml:space="preserve">2510руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4827руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Premist hotel Sultanahmet, 4*, Стамбул, Economy, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">29036руб.</w:t>
+              <w:t xml:space="preserve">Grand Emir, 3*, Стамбул, Standard, Только завтраки, 21.03-15.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">21432руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">33113руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5867руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">5867руб.</w:t>
+              <w:t xml:space="preserve">4151руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6179руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Yasmak Sultan Hotel, 4*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">23766руб.</w:t>
+              <w:t xml:space="preserve">Sun Comfort Hotel, 3*, Стамбул, SPO, Standard, Только завтраки, 01.04-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">17377руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">27224руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">7557руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">4276руб.</w:t>
+              <w:t xml:space="preserve">2800руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4248руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Antusa Palace Hotel, 4*, Стамбул, Standard, Только завтраки, 10.10-31.10</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">34705руб.</w:t>
+              <w:t xml:space="preserve">Grand Liza, 3*, Стамбул, Standard, Только завтраки, 01.04-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18150руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31279руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">8055руб.</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">7557руб.</w:t>
+              <w:t xml:space="preserve">2993руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5599руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 10.10-31.10</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">46339руб.</w:t>
+              <w:t xml:space="preserve">Santa Sophia, 3*, Стамбул, Economy, Только завтраки, 01.04-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19598руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">32051руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">12430руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">3475руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5792руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Aruna Hotel Istanbul, 3*, Стамбул, Economic, Только завтраки, 01.04-25.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20370руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">34947руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3765руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6758руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Grand Bagoz Hotel, 3*, Стамбул, Standard, Только завтраки, 01.04-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20370руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">32727руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3765руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6082руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Beyazit Palace Hotel, 3*, Стамбул, Economy, Только завтраки, 01.04-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24328руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">44505руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5117руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9944руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 01.04-31.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">30989руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">56283руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24328руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7241руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">13805руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5117руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 01.04-31.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">40547руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">71343руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">32051руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">10426руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18729руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7627руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 19.05-21.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">39485руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">73563руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">10040руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19405руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 22.05-31.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28769руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">51842руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6565руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">12357руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 01.06-31.08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">26162руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">46725руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">22880руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5696руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">10619руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4634руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 01.06-31.08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">26935руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">48173руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5889руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">11102руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Lady Diana, 3*, Стамбул, Economy, Только завтраки, 01.06-15.07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31762руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">58117руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7530руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14384руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 01.06-31.08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">38713руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">67288руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28093руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9751руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">17377руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6275руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Lady Diana, 3*, Стамбул, Economy, Только завтраки, 16.07-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31762руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">58117руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7530руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14384руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 01.09-15.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28769руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">51842руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6565руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">12357руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 01.09-14.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">30989руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">56283руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24328руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7241руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">13805руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5117руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 01.09-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">40547руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">71343руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">32051руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">10426руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18729руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7627руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Grand Bagoz Hotel, 3*, Стамбул, Standard, Только завтраки, 01.11-27.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18536руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28672руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3186руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4730руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Beyazit Palace Hotel, 3*, Стамбул, Economy, Только завтраки, 01.11-27.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18825руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31665руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3282руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5696руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 15.11-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24038руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">42671руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25100руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4924руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5310руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="000001E0"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Grand Emir, 3*, Стамбул, Standard, Только завтраки, 16.11-28.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19211руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">29059руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9268руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">Доп. ночь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3379руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4827руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">97руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr w:rsidR="12240" w:rsidRPr="12240" w:rsidSect="12240">
       <w:footerReference w:type="default" r:id="rId1"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>