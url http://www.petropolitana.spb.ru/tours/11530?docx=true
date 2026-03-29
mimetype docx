--- v1 (2026-02-11)
+++ v2 (2026-03-29)
@@ -439,278 +439,278 @@
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Медицинская страховка (в день)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Авиаперелет СПб-Стамбул-СПб от</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">39 581руб.</w:t>
+              <w:t xml:space="preserve">40 221руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Дополнительные групповые экскурсии</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Исторический центр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">8 107руб.</w:t>
+              <w:t xml:space="preserve">8 520руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Исторический центр без посещения Топкапы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4 459руб.</w:t>
+              <w:t xml:space="preserve">4 686руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Старый Стамбул</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">8 107руб.</w:t>
+              <w:t xml:space="preserve">8 520руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Сердце Стамбула</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">7 296руб.</w:t>
+              <w:t xml:space="preserve">7 668руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Константинополь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">8 918руб.</w:t>
+              <w:t xml:space="preserve">9 372руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Ялова Термаль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4 459руб.</w:t>
+              <w:t xml:space="preserve">4 686руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Принцевы острова</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4 459руб.</w:t>
+              <w:t xml:space="preserve">4 686руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Ночной круиз по Босфору</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4 459руб.</w:t>
+              <w:t xml:space="preserve">4 686руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Ночной круиз по Босфору безлимитными алкогольными напитками (вино, пиво, ракы, водка и местные напитки).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">6 486руб.</w:t>
+              <w:t xml:space="preserve">6 816руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Огни Стамбула</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5 675руб.</w:t>
+              <w:t xml:space="preserve">5 964руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Примечания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Очередность проведения экскурсий может быть изменена с сохранением полного объема</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цены рассчитаны на 5 февраля 2026 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Заезд возможен 12.02.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
+        <w:t xml:space="preserve">Заезд возможен 30.03.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Стамбул 4/3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цена указана на 1 человека за пакет услуг с продолжительностью проживания в выбранном отеле 4 дня/3 ночи</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -739,4616 +739,3356 @@
           <w:p>
             <w:r>
               <w:t xml:space="preserve">SNGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">TRPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">CHLD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 11.02-14.03</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 29.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">23642руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">41496руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24721руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3765руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">4807руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">8829руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5199руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Grand Emir, 3*, Стамбул, Standard, Только завтраки, 11.02-01.03</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Aruna Hotel Istanbul, 3*, Стамбул, Economic, Только завтраки, 29.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">15794руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25800руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2993руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">2256руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3728руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Grand Bagoz Hotel, 3*, Стамбул, Standard, Только завтраки, 11.02-28.02</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Hali, 3*, Стамбул, Standard, Только завтраки, 29.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19522руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31392руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3186руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">3434руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5494руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Beyazit Palace Hotel, 3*, Стамбул, Economy, Только завтраки, 11.02-28.02</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Santa Sophia, 3*, Стамбул, Economy, Только завтраки, 29.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14715руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">23936руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3475руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">1864руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3041руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Premist hotel Sultanahmet, 4*, Стамбул, Economy, Только завтраки, 11.02-15.03</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Megaron, 3*, Стамбул, Economy, Только завтраки, 29.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">16187руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25408руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3379руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">2354руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3532руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 11.02-31.03</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Sun Comfort Hotel, 3*, Стамбул, SPO, Standard, Только завтраки, 29.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">16187руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">26193руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4730руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">2354руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3826руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Black Tulip, 4*, Стамбул, Economy, Только завтраки, 11.02-19.03</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Grand Bagoz Hotel, 3*, Стамбул, Standard, Только завтраки, 29.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19522руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31392руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3862руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">3434руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5494руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Almina Hotel, 4*, Стамбул, Economy, Только завтраки, 11.02-28.02</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Beyazit Palace Hotel, 3*, Стамбул, Economy, Только завтраки, 29.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20699руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">37376руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4344руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">3826руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7456руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Aruna Hotel Istanbul, 3*, Стамбул, Economic, Только завтраки, 11.02-31.03</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">25390руб.</w:t>
+              <w:t xml:space="preserve">Almina Hotel, 4*, Стамбул, Economy, Только завтраки, 29.03-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28547руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">51208руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2220руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">3669руб.</w:t>
+              <w:t xml:space="preserve">6377руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">12066руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Hali, 3*, Стамбул, Standard, Только завтраки, 11.02-31.03</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 29.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">34433руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">56800руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">26585руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3379руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">8339руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">13832руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5788руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Lady Diana, 3*, Стамбул, Economy, Только завтраки, 11.02-18.03</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Golden Horn Sirkeci, 4*, Стамбул, Standard, Только завтраки, 29.03-14.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">30411руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">55328руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5696руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">6965руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">13342руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Golden Horn Sirkeci, 4*, Стамбул, Standard, Только завтраки, 11.02-13.03</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 29.03-18.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">29234руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">52680руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4730руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">6671руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">12557руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 11.02-28.02</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Lady Diana, 3*, Стамбул, Economy, Только завтраки, 29.03-31.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">32275руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">58664руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">6854руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">7652руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14519руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Santa Sophia, 3*, Стамбул, Economy, Только завтраки, 11.02-31.03</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">23556руб.</w:t>
+              <w:t xml:space="preserve">Grand Liza, 3*, Стамбул, Standard, Только завтраки, 29.03-31.03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">16971руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">29528руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">1834руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">2993руб.</w:t>
+              <w:t xml:space="preserve">2551руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4905руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Grand Liza, 3*, Стамбул, Standard, Только завтраки, 11.02-19.03</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Grand Emir, 3*, Стамбул, Standard, Только завтраки, 29.03-15.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">21778руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">33648руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">1931руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">4218руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6278руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Sun Comfort Hotel, 3*, Стамбул, SPO, Standard, Только завтраки, 11.02-28.02</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">24328руб.</w:t>
+              <w:t xml:space="preserve">Sun Comfort Hotel, 3*, Стамбул, SPO, Standard, Только завтраки, 01.04-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">17658руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">27664руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2027руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">3282руб.</w:t>
+              <w:t xml:space="preserve">2845руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4316руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Megaron, 3*, Стамбул, Economy, Только завтраки, 11.02-28.02</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">24328руб.</w:t>
+              <w:t xml:space="preserve">Grand Liza, 3*, Стамбул, Standard, Только завтраки, 01.04-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18443руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31784руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2220руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">3282руб.</w:t>
+              <w:t xml:space="preserve">3041руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5690руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Megaron, 3*, Стамбул, Economy, Только завтраки, 01.03-31.03</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">25004руб.</w:t>
+              <w:t xml:space="preserve">Santa Sophia, 3*, Стамбул, Economy, Только завтраки, 01.04-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19914руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">32569руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2317руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">3475руб.</w:t>
+              <w:t xml:space="preserve">3532руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5886руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Sun Comfort Hotel, 3*, Стамбул, SPO, Standard, Только завтраки, 01.03-31.03</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">25776руб.</w:t>
+              <w:t xml:space="preserve">Aruna Hotel Istanbul, 3*, Стамбул, Economic, Только завтраки, 01.04-25.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20699руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">35512руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2317руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">3765руб.</w:t>
+              <w:t xml:space="preserve">3826руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6867руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Grand Bagoz Hotel, 3*, Стамбул, Standard, Только завтраки, 01.03-31.03</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Grand Bagoz Hotel, 3*, Стамбул, Standard, Только завтраки, 01.04-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">20699руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">33256руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3379руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">3826руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6180руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Beyazit Palace Hotel, 3*, Стамбул, Economy, Только завтраки, 01.03-31.03</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Beyazit Palace Hotel, 3*, Стамбул, Economy, Только завтраки, 01.04-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24721руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">45224руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3765руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">5199руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">10104руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Almina Hotel, 4*, Стамбул, Economy, Только завтраки, 01.03-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 01.04-31.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31490руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">57192руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24721руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">6275руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">7358руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14028руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5199руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 01.03-31.03</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 01.04-31.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">41202руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">72496руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">32569руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">8206руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">10595руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19031руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7750руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Grand Emir, 3*, Стамбул, Standard, Только завтраки, 02.03-20.03</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 19.05-21.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">40123руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">74752руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2993руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">10202руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19718руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Golden Horn Sirkeci, 4*, Стамбул, Standard, Только завтраки, 14.03-14.11</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 22.05-31.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">29234руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">52680руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">6854руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">6671руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">12557руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 15.03-18.05</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 01.06-31.08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">26585руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">47480руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">23250руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">6565руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">5788руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">10791руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4709руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Lady Diana, 3*, Стамбул, Economy, Только завтраки, 19.03-31.05</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">57731руб.</w:t>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 01.06-31.08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">27370руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">48952руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">7530руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">14288руб.</w:t>
+              <w:t xml:space="preserve">5984руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">11282руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Grand Liza, 3*, Стамбул, Standard, Только завтраки, 20.03-31.03</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">29059руб.</w:t>
+              <w:t xml:space="preserve">Lady Diana, 3*, Стамбул, Economy, Только завтраки, 01.06-15.07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">32275руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">59056руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2510руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">4827руб.</w:t>
+              <w:t xml:space="preserve">7652руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14617руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Grand Emir, 3*, Стамбул, Standard, Только завтраки, 21.03-15.11</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 01.06-31.08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">39338руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">68376руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">28547руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">4151руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">9908руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">17658руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">6377руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Sun Comfort Hotel, 3*, Стамбул, SPO, Standard, Только завтраки, 01.04-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">27224руб.</w:t>
+              <w:t xml:space="preserve">Lady Diana, 3*, Стамбул, Economy, Только завтраки, 16.07-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">32275руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">59056руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2800руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">4248руб.</w:t>
+              <w:t xml:space="preserve">7652руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14617руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Grand Liza, 3*, Стамбул, Standard, Только завтраки, 01.04-31.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">31279руб.</w:t>
+              <w:t xml:space="preserve">Avicenna, 4*, Стамбул, Standard, Только завтраки, 01.09-15.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">29234руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">52680руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">2993руб.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">5599руб.</w:t>
+              <w:t xml:space="preserve">6671руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">12557руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Santa Sophia, 3*, Стамбул, Economy, Только завтраки, 01.04-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 01.09-14.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">31490руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">57192руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24721руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3475руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">7358руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">14028руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5199руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Aruna Hotel Istanbul, 3*, Стамбул, Economic, Только завтраки, 01.04-25.12</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 01.09-31.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">41202руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">72496руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">32569руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3765руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">OR</w:t>
+              <w:t xml:space="preserve">10595руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19031руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7750руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Grand Bagoz Hotel, 3*, Стамбул, Standard, Только завтраки, 01.04-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Grand Bagoz Hotel, 3*, Стамбул, Standard, Только завтраки, 01.11-27.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">18835руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">29136руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">3765руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">3237руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4807руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Beyazit Palace Hotel, 3*, Стамбул, Economy, Только завтраки, 01.04-31.10</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Beyazit Palace Hotel, 3*, Стамбул, Economy, Только завтраки, 01.11-27.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19130руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">32177руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5117руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">3335руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5788руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 01.04-31.05</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Great Fortune Design Hotel, 4*, Стамбул, Standard, Только завтраки, 15.11-24.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">24427руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">43360руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25506руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">7241руб.</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">5003руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5396руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">Sultania Hotel, 4*, Стамбул, Deluxe room, Только завтраки, 01.04-31.05</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">9268руб.</w:t>
+              <w:t xml:space="preserve">Grand Emir, 3*, Стамбул, Standard, Только завтраки, 16.11-28.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">19522руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">29528руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">9418руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">Доп. ночь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">10426руб.</w:t>
-[...1280 lines deleted...]
-              <w:t xml:space="preserve">97руб.</w:t>
+              <w:t xml:space="preserve">3434руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4905руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">OR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">98руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr w:rsidR="12240" w:rsidRPr="12240" w:rsidSect="12240">
       <w:footerReference w:type="default" r:id="rId1"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>