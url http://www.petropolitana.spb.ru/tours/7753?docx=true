--- v0 (2025-10-10)
+++ v1 (2025-12-07)
@@ -6,66 +6,106 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"> </Override>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"> </Override>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"> </Override>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"> </Override>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"> </Override>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"> </Override>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"> </Override>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"> </Override>
   <Override PartName="/word/footer.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"> </Override>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"> </Override>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"></Relationship><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"></Relationship></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="36"/>
         </w:rPr>
-        <w:t xml:space="preserve">К сердцу империи Тамерлана, 6 дней, февраль - декабрь 2025</w:t>
+        <w:t xml:space="preserve">К сердцу империи Тамерлана, 6 дней, октябрь 2025 - декабрь 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Продолжительность: 6 дней/5 ночей</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Маршрут: Ташкент (1 ночь) - Самарканд (2 ночи) - Гиждуван - Бухара (2 ночи)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Даты заезда:  26.02.2025, 28.02.2025, 05.03.2025, 07.03.2025, 12.03.2025, 14.03.2025, 19.03.2025, 21.03.2025, 23.03.2025, 26.03.2025, 28.03.2025, 30.03.2025, 02.04.2025, 04.04.2025, 06.04.2025, 09.04.2025, 11.04.2025, 13.04.2025, 16.04.2025, 18.04.2025, 20.04.2025, 23.04.2025, 24.04.2025, 25.04.2025, 27.04.2025, 30.04.2025, 01.05.2025, 02.05.2025, 04.05.2025, 07.05.2025, 08.05.2025, 09.05.2025, 14.05.2025, 16.05.2025, 21.05.2025, 23.05.2025, 28.05.2025, 30.05.2025, 06.06.2025, 11.06.2025, 13.07.2025, 03.08.2025, 21.08.2025, 24.08.2025, 03.09.2025, 05.09.2025, 07.09.2025, 10.09.2025, 12.09.2025, 14.09.2025, 17.09.2025, 18.09.2025, 19.09.2025, 21.09.2025, 24.09.2025, 26.09.2025, 28.09.2025, 01.10.2025, 03.10.2025, 05.10.2025, 08.10.2025, 10.10.2025, 12.10.2025, 15.10.2025, 17.10.2025, 19.10.2025, 22.10.2025, 24.10.2025, 26.10.2025, 29.10.2025, 31.10.2025, 07.11.2025, 14.11.2025, 05.12.2025</w:t>
+        <w:t xml:space="preserve">Даты заезда: 17, 19, 22, 24, 26, 29, 31 октября; 07, 14 ноября; 5 декабря 2025;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">в 2026 году:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">30 января, 20 и 27 февраля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">по средам и пятницам, а также 22 и 29 в марте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">по средам, четвергам, пятницам и воскресеньям в апреле;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">по средам и пятницам, а также 3, 7 и 10 в мае;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">5 и 12 июня; 5 и 26 июля; 23 и 30 августа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">по средам, четвергам, пятницам и воскресеньям в сентябре и октябре;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">4, 6 и 13 ноября, 4 декабря</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Гарантированный заезд.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Детали перелета</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Маршрут тура</w:t>
       </w:r>
     </w:p>
@@ -361,61 +401,101 @@
             <w:r>
               <w:t xml:space="preserve">Стоимость питания за исключением перечисленного во включенных услугах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Примечания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">ГородГостиницыТашкентHuvaydo 3* / Sato 3* или подобнаяСамаркандArba 3* / Jahon Palace 3* или подобнаяБухараKabir Hotel 3* / Kavsar Hotel 3* или подобная</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Заезд возможен 12.10.2025. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
+        <w:t xml:space="preserve">Информация о гостиницах</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Город</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Гостиница</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ташкент</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Huvaydo 3* / King Plaza 3* или подобная</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Самарканд</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Arba 3* / Marokand Spa Hotel 3* или подобная</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Бухара</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Ayvan Boutique 3* / Nostalgia Boutique 3* или подобная</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Цены рассчитаны на 20 октября 2025 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Заезд возможен 30.01.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Узбекистан 6/5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цена указана на 1 человека за пакет услуг с продолжительностью проживания в выбранном отеле 6 дней/5 ночей</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -444,65 +524,65 @@
           <w:p>
             <w:r>
               <w:t xml:space="preserve">SNGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">X-PAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">CHLD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">По программе, 0*, по программе, Standard, Только завтраки, 12.10-17.10</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">53852руб.</w:t>
+              <w:t xml:space="preserve">По программе, 0*, по программе, Standard, Только завтраки, 30.01-04.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">40350руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">50337руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr w:rsidR="12240" w:rsidRPr="12240" w:rsidSect="12240">
       <w:footerReference w:type="default" r:id="rId1"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>