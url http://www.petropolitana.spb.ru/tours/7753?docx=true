--- v1 (2025-12-07)
+++ v2 (2026-02-11)
@@ -446,56 +446,56 @@
         <w:t xml:space="preserve">Huvaydo 3* / King Plaza 3* или подобная</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Самарканд</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Arba 3* / Marokand Spa Hotel 3* или подобная</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Бухара</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Ayvan Boutique 3* / Nostalgia Boutique 3* или подобная</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Цены рассчитаны на 20 октября 2025 года</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Заезд возможен 30.01.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
+        <w:t xml:space="preserve">Цены рассчитаны на 26 января 2026 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <w:t xml:space="preserve">Заезд возможен 20.02.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Узбекистан 6/5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цена указана на 1 человека за пакет услуг с продолжительностью проживания в выбранном отеле 6 дней/5 ночей</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -524,65 +524,65 @@
           <w:p>
             <w:r>
               <w:t xml:space="preserve">SNGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">X-PAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">CHLD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">По программе, 0*, по программе, Standard, Только завтраки, 30.01-04.02</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">50337руб.</w:t>
+              <w:t xml:space="preserve">По программе, 0*, по программе, Standard, Только завтраки, 20.02-25.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">42967руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">52290руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr w:rsidR="12240" w:rsidRPr="12240" w:rsidSect="12240">
       <w:footerReference w:type="default" r:id="rId1"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>