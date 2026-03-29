--- v2 (2026-02-11)
+++ v3 (2026-03-29)
@@ -451,51 +451,51 @@
         <w:t xml:space="preserve">Самарканд</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Arba 3* / Marokand Spa Hotel 3* или подобная</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Бухара</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Ayvan Boutique 3* / Nostalgia Boutique 3* или подобная</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цены рассчитаны на 26 января 2026 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Заезд возможен 20.02.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
+        <w:t xml:space="preserve">Заезд возможен 01.04.2026. Обратите внимание, что в разные даты заезда цена тура может отличаться.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b w:val="single"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Узбекистан 6/5</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Цена указана на 1 человека за пакет услуг с продолжительностью проживания в выбранном отеле 6 дней/5 ночей</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="000001E0"/>
         <w:tblOverlap w:val="never"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -524,65 +524,65 @@
           <w:p>
             <w:r>
               <w:t xml:space="preserve">SNGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">X-PAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">CHLD</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">По программе, 0*, по программе, Standard, Только завтраки, 20.02-25.02</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">52290руб.</w:t>
+              <w:t xml:space="preserve">По программе, 0*, по программе, Standard, Только завтраки, 01.04-06.04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">45156руб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">54954руб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">OR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr w:rsidR="12240" w:rsidRPr="12240" w:rsidSect="12240">
       <w:footerReference w:type="default" r:id="rId1"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>